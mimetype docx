--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -1,3378 +1,3655 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="155BD975" w14:textId="77777777" w:rsidR="0053747B" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidR="00421E58" w:rsidP="0053747B" w:rsidRDefault="00421E58" w14:paraId="5333767B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0053747B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="155BD975" w14:textId="31E90361">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053747B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>Kassörens årscykel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014D05DD" w14:textId="49C5B7EC" w:rsidR="00D2222F" w:rsidRPr="00D2222F" w:rsidRDefault="00D2222F" w:rsidP="00D2222F">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="00D2222F" w:rsidP="00D2222F" w:rsidRDefault="00D2222F" w14:paraId="014D05DD" w14:textId="49C5B7EC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Att vara kassör i en organisation är en ansvarsfull och givande roll där du får möjlighet att vara delaktig i den ekonomiska förvaltningen. Vi hoppas att följande förslag på kassörens årscykel kan vara till stor hjälp för att navigera genom årets olika uppgifter. Det är vår förhoppning att detta förslag ska ge en vägledning och inspiration för en framgångsrik och givande tid som kassör.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB21CAA" w14:textId="77777777" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="7FB21CAA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Februari-mars</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F02AAAE" w14:textId="77777777" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="6F02AAAE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Överlämning och firmateckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1279300C" w14:textId="77777777" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="1279300C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E34E977" w14:textId="31063166" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="4E34E977" w14:textId="31063166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ha överlämning med den förra kassören:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Innan du kliver in i rollen som kassör är det viktigt att ha en överlämning med den föregående kassören för att få en klar förståelse för hur arbetet fungerar inom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>hos er</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Fråga om rutiner, system och eventuella utmaningar som kan uppkomma i rollen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EED6168" w14:textId="77777777" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="5EED6168" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53BEB131" w14:textId="5C61BFE1" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="53BEB131" w14:textId="5C61BFE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Val av minst två firmatecknare på det konstituerande styrelsemötet:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> På det första styrelsemötet efter valet är det dags att välja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> minst två</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> firmatecknare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Vanligtvis är det kassören och ordföranden som väljs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Innan mötet är det klokt att kontakta banken för att säkerställa att protokollet blir korrekt utfärdat. Efter mötet kan ni sedan gå till banken för att uppdatera kontaktpersoner och adresser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A0798B" w14:textId="77777777" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="55A0798B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0863B40C" w14:textId="1CAA98FF" w:rsidR="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="0863B40C" w14:textId="1CAA98FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Informera styrelsen om regler och rutiner för utlägg</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="002F585B" w:rsidRPr="002F585B">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Det är av yttersta vikt att alla medlemmar i styrelsen är väl informerade om regler och rutiner gällande utlägg, fakturahantering och hur man på bästa sätt undviker att göra privata utlägg eller ta emot pengar via exempelvis Swish. </w:t>
+      <w:r w:rsidRPr="002F585B" w:rsidR="002F585B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det är av yttersta vikt att alla medlemmar i styrelsen är väl informerade om regler och rutiner gällande utlägg, fakturahantering och hur man på bästa sätt undviker att göra privata utlägg eller ta emot pengar via exempelvis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F585B" w:rsidR="002F585B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Swish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F585B" w:rsidR="002F585B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Tydlig kommunikation och förståelse för dessa processer säkerställer en smidig ekonomisk hantering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743845B0" w14:textId="77777777" w:rsidR="00BE6491" w:rsidRDefault="00BE6491" w:rsidP="00BC3A4A">
+    <w:p w:rsidR="00BE6491" w:rsidP="00BC3A4A" w:rsidRDefault="00BE6491" w14:paraId="743845B0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="005BFA68" w14:textId="61E62DF4" w:rsidR="00356A9A" w:rsidRPr="00246BF9" w:rsidRDefault="00356A9A" w:rsidP="00246BF9">
+    <w:p w:rsidRPr="00246BF9" w:rsidR="00356A9A" w:rsidP="00246BF9" w:rsidRDefault="00356A9A" w14:paraId="005BFA68" w14:textId="61E62DF4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246BF9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Förening/</w:t>
       </w:r>
-      <w:r w:rsidR="00104264" w:rsidRPr="00246BF9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00246BF9" w:rsidR="00104264">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>distrikt</w:t>
       </w:r>
       <w:r w:rsidRPr="00246BF9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>/riksförening måste stå som mottagare på faktura</w:t>
       </w:r>
-      <w:r w:rsidR="00A5665D" w:rsidRPr="00246BF9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00246BF9" w:rsidR="00A5665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>n. Om fakturan är ställd till någon annan kan den inte betalas av föreningen. Om en privatperson</w:t>
       </w:r>
-      <w:r w:rsidR="003E0C91" w:rsidRPr="00246BF9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00246BF9" w:rsidR="003E0C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> är mottagare av fakturan har den personen betalansvar och kan lämna in fakturan som ett utlägg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F5FA91" w14:textId="035891A1" w:rsidR="00577E63" w:rsidRPr="00246BF9" w:rsidRDefault="003E0C91" w:rsidP="00246BF9">
+    <w:p w:rsidRPr="00246BF9" w:rsidR="00577E63" w:rsidP="00246BF9" w:rsidRDefault="003E0C91" w14:paraId="48F5FA91" w14:textId="035891A1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246BF9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Förskott endast i undantagsfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D2F4D4" w14:textId="301940A9" w:rsidR="003E0C91" w:rsidRPr="00246BF9" w:rsidRDefault="00577E63" w:rsidP="00246BF9">
+    <w:p w:rsidRPr="00246BF9" w:rsidR="003E0C91" w:rsidP="00246BF9" w:rsidRDefault="00577E63" w14:paraId="64D2F4D4" w14:textId="301940A9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246BF9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Felaktiga fakturor nekas betalning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AF7002" w14:textId="545C0765" w:rsidR="00577E63" w:rsidRPr="00246BF9" w:rsidRDefault="00246BF9" w:rsidP="00246BF9">
+    <w:p w:rsidRPr="00246BF9" w:rsidR="00577E63" w:rsidP="00246BF9" w:rsidRDefault="00246BF9" w14:paraId="57AF7002" w14:textId="545C0765" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00246BF9" w:rsidR="00246BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Inget kvitto, inga pengar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0866B18E" w14:textId="77777777" w:rsidR="00577E63" w:rsidRPr="00BC3A4A" w:rsidRDefault="00577E63" w:rsidP="00BC3A4A">
-      <w:pPr>
+    <w:p w:rsidR="73BC9662" w:rsidP="1620907A" w:rsidRDefault="73BC9662" w14:paraId="08580B00" w14:textId="7E4D27C4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1620907A" w:rsidR="73BC9662">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Aldrig attestera sina egna utlägg</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73FEEF12" w14:textId="77777777" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
-      <w:pPr>
+    <w:p w:rsidR="1620907A" w:rsidP="1620907A" w:rsidRDefault="1620907A" w14:paraId="16EAB397" w14:textId="7E72A815">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5514848F" w:rsidR="75E786BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Alltid två som attesterar betalningar</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="399CB7CB" w14:textId="144062CE" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00577E63" w:rsidP="00BC3A4A" w:rsidRDefault="00577E63" w14:paraId="0866B18E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="73FEEF12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="399CB7CB" w14:textId="144062CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Kontakta revisorerna och presentera dig:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ta kontakt med revisorerna för att presentera dig som ny kassör och för att diskutera hur ni bäst kan samarbeta och hålla kontakt framöver. Det är viktigt att etablera en god relation och tydliga kommunikationskanaler med revisorerna för att säkerställa en korrekt och transparent revision av föreningens ekonomi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D88AD8D" w14:textId="77777777" w:rsidR="00D2222F" w:rsidRDefault="00D2222F" w:rsidP="0053747B">
+    <w:p w:rsidR="00D2222F" w:rsidP="0053747B" w:rsidRDefault="00D2222F" w14:paraId="0D88AD8D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C43C42E" w14:textId="5A83CE28" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="4C43C42E" w14:textId="5A83CE28">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>April - juni</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76655EB3" w14:textId="263CD332" w:rsidR="00BC3A4A" w:rsidRPr="00D2222F" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="76655EB3" w14:textId="263CD332">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Kom igång med det löpande arbetet</w:t>
+        <w:t xml:space="preserve">Kom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D2222F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>igång</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D2222F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med det löpande arbetet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D74F9DB" w14:textId="77777777" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="4D74F9DB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>För att säkerställa en smidig ekonomisk drift genom hela året är det viktigt att hantera följande uppgifter:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AA9041" w14:textId="147EE021" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="36AA9041" w14:textId="147EE021">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Bokför alla kontohändelser:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Var noggrann med att bokföra alla transaktioner som påverkar </w:t>
       </w:r>
       <w:r w:rsidR="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>era bankkonton</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Detta inkluderar inkomster, utgifter och eventuella överföringar mellan olika konton.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DEEE05" w14:textId="62691798" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="10DEEE05" w14:textId="62691798">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Samla alla verifikationer:</w:t>
       </w:r>
       <w:r w:rsidR="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Förvara alla kvitton, fakturor och andra relevanta dokument i en särskild pärm. Detta underlättar vid bokföring och revision samt säkerställer en tydlig spårbarhet av alla ekonomiska transaktioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EE06DB" w14:textId="53E9BE14" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="55EE06DB" w14:textId="53E9BE14">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Betala räkningar och fakturor:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se till att betala räkningar och fakturor i tid för att undvika eventuella förseningsavgifter eller andra problem. Håll koll på förfallodatum och följ upp eventuella obetalda fakturor.</w:t>
       </w:r>
       <w:r w:rsidR="003956E8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F32068B" w14:textId="0031B2A7" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="6F32068B" w14:textId="0031B2A7">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Uppdatera styrelsen om ekonomin i relation till budgeten</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: Regelbundet rapportera till styrelsen om </w:t>
       </w:r>
       <w:r w:rsidR="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>det</w:t>
       </w:r>
-      <w:r w:rsidR="00D2222F" w:rsidRPr="00BC3A4A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00BC3A4A" w:rsidR="00D2222F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ekonomiska läget</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> i förhållande till den fastställda budgeten. Detta ger ökad insikt och möjliggör eventuella justeringar eller åtgärder vid behov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E20BD3C" w14:textId="0BFBFB8D" w:rsidR="00BC3A4A" w:rsidRPr="00BC3A4A" w:rsidRDefault="00BC3A4A" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="00BC3A4A" w:rsidR="00BC3A4A" w:rsidP="00BC3A4A" w:rsidRDefault="00BC3A4A" w14:paraId="7E20BD3C" w14:textId="0BFBFB8D">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Stötta i bidragsansökningar:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3A4A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB6890E" w14:textId="49089218" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="00BC3A4A">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="00BC3A4A" w:rsidRDefault="0053747B" w14:paraId="3EB6890E" w14:textId="49089218">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Juli</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5703E682" w14:textId="77777777" w:rsidR="0053747B" w:rsidRPr="003956E8" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidRPr="003956E8" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="5703E682" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003956E8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Augusti</w:t>
       </w:r>
-      <w:r w:rsidR="3083116E" w:rsidRPr="003956E8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="003956E8" w:rsidR="3083116E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="003956E8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>September</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B96DC6" w14:textId="77777777" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="0053747B">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="0053747B" w14:paraId="58B96DC6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Se över budgeten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6917357E" w14:textId="144FBA41" w:rsidR="004C25C7" w:rsidRPr="00D2222F" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="6917357E" w14:textId="144FBA41">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Vid terminsstart är det viktigt att utvärdera budgeten och analysera tidigare utgifter för att bedöma dess hållbarhet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCE50AE" w14:textId="77777777" w:rsidR="004C25C7" w:rsidRPr="00D2222F" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="5CCE50AE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Inför varje ny termin är det klokt att noggrant granska budgeten och utvärdera hur mycket pengar som spenderades under föregående period, i detta fall våren. Genom att göra en jämförelse mellan faktiska utgifter och budgeterade belopp kan man få en klarare bild av den ekonomiska situationen och bedöma om budgeten är realistisk och hållbar på lång sikt. Detta kan också vara en möjlighet att identifiera eventuella områden där kostnaderna har överskridits eller där det finns utrymme för effektiviseringar och förbättringar. Att ta sig tid att reflektera över och justera </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>budgeten vid terminsstart är en viktig del av en sund ekonomisk förvaltning för att säkerställa långsiktig ekonomisk stabilitet och framgång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6D489F" w14:textId="51A90915" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="004C25C7" w:rsidRDefault="0053747B" w14:paraId="2A6D489F" w14:textId="51A90915">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>December</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADBB913" w14:textId="77777777" w:rsidR="004C25C7" w:rsidRPr="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="004C25C7" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="2ADBB913" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A57CFC4" w14:textId="67CD5731" w:rsidR="004C25C7" w:rsidRPr="00D2222F" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="4A57CFC4" w14:textId="76184FD2">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Förbered för års/representantskapsmötet och bokslutet</w:t>
+        <w:t>Förbered för årsmötet och bokslutet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAE6A0A" w14:textId="7AFF930B" w:rsidR="004C25C7" w:rsidRPr="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="004C25C7" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="5FAE6A0A" w14:textId="7AFF930B">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Påminn verksamheter och styrelsemedlemmar att skicka in de sista </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">kostnaderna </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>för året:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se till att alla berörda skickar in sina sista </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">fakturor, </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>utlägg och kvitton för att säkerställa en komplett redovisning för året.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E08BCBD" w14:textId="53074E26" w:rsidR="004C25C7" w:rsidRPr="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="004C25C7" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="0E08BCBD" w14:textId="53074E26">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Se till att alla utlägg betalas ut och att alla kontohändelser bokförs innan årsskiftet:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> För att avsluta året på ett ordentligt sätt är det viktigt att alla utlägg betalas ut i tid och att alla ekonomiska transaktioner bokförs korrekt i systemet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E78D860" w14:textId="228D904F" w:rsidR="004C25C7" w:rsidRPr="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="004C25C7" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="4E78D860" w14:textId="228D904F">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Skriv klart den ekonomiska delen i verksamhetsberättelsen i den mån det går:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Arbeta på att färdigställa den ekonomiska delen av verksamhetsberättelsen för att kunna presentera en fullständig översikt över föreningens ekonomi under året.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB7CD98" w14:textId="7D6BF1D9" w:rsidR="004C25C7" w:rsidRPr="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="004C25C7" w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="7CB7CD98" w14:textId="591CE6E1">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Sök kontakt med revisorn och förbered hen på sin granskning:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ta kontakt med revisorn och informera om det kommande års</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>/representantskapsm</w:t>
       </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ötet samt förbered denne på den kommande granskningen av </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00421E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">den </w:t>
       </w:r>
+      <w:r w:rsidRPr="004C25C7" w:rsidR="00421E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ekonomiska dokumentationen</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C25C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:t>ekonomiska dokumentation. Detta hjälper till att säkerställa en smidig revision och ett korrekt bokslut för året.</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. Detta hjälper till att säkerställa en smidig revision och ett korrekt bokslut för året.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A03FD0" w14:textId="77777777" w:rsidR="004C25C7" w:rsidRDefault="004C25C7" w:rsidP="004C25C7">
+    <w:p w:rsidR="004C25C7" w:rsidP="004C25C7" w:rsidRDefault="004C25C7" w14:paraId="55A03FD0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B670D54" w14:textId="32572E84" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="0053747B" w:rsidP="004C25C7">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="004C25C7" w:rsidRDefault="0053747B" w14:paraId="7B670D54" w14:textId="32572E84">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053747B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Januari-Februari</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B77581C" w14:textId="75AD29EA" w:rsidR="0053747B" w:rsidRPr="0053747B" w:rsidRDefault="00973961" w:rsidP="0053747B">
+    <w:p w:rsidRPr="0053747B" w:rsidR="0053747B" w:rsidP="0053747B" w:rsidRDefault="00973961" w14:paraId="3B77581C" w14:textId="742307BB">
       <w:pPr>
         <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Å</w:t>
       </w:r>
-      <w:r w:rsidR="0053747B" w:rsidRPr="0053747B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0053747B" w:rsidR="0053747B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>rs</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00421E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>/representantskaps</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>möte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053747B" w:rsidR="0053747B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>möte och bokslut</w:t>
+        <w:t xml:space="preserve"> och bokslut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F23D0FC" w14:textId="0882EF2B" w:rsidR="00973961" w:rsidRPr="00973961" w:rsidRDefault="00973961" w:rsidP="00973961">
+    <w:p w:rsidRPr="00973961" w:rsidR="00973961" w:rsidP="00973961" w:rsidRDefault="00973961" w14:paraId="5F23D0FC" w14:textId="0882EF2B">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Styrelsen ska skriva förslag innehållande verksamhetsplan och budget till årsmötet</w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>: Som kassör kan du ha en viktig roll i att bidra med insikter och data för att utforma en realistisk budget. Det är avgörande att förslaget är väl genomarbetat och presenterar en klar bild av föreningens ekonomiska situation och framtidsplaner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56973CD0" w14:textId="1A284F2A" w:rsidR="00973961" w:rsidRPr="00973961" w:rsidRDefault="00973961" w:rsidP="00973961">
+    <w:p w:rsidRPr="00973961" w:rsidR="00973961" w:rsidP="00973961" w:rsidRDefault="00973961" w14:paraId="56973CD0" w14:textId="28CA4B61">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Gör ett bokslut för år</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">et och </w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>tillhandahåll handlingar till revisorn:</w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> För att underlätta revisorns granskning bör bokslutet och alla tillhörande dokument vara </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> För att underlätta revisorns granskning bör bokslutet och alla tillhörande dokument vara tillgängliga </w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>senast två veckor före årsmötet i förening och senast tre veckor före eventuella representantskapsmöten i distriktet</w:t>
+        <w:t xml:space="preserve">senast två veckor före årsmötet i förening och senast tre veckor före eventuella </w:t>
+      </w:r>
+      <w:r w:rsidR="00421E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>årsmöte</w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="sv-SE"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i distriktet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973961">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Viktigt är att kommunicera med revisorn i förväg för att säkerställa att alla förväntningar är tydliga och att eventuella frågor eller problem kan lösas i förväg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3B1E91" w14:textId="6E9F12E7" w:rsidR="00973961" w:rsidRPr="00973961" w:rsidRDefault="00973961" w:rsidP="00973961">
+    <w:p w:rsidRPr="00973961" w:rsidR="00973961" w:rsidP="00973961" w:rsidRDefault="00973961" w14:paraId="6C3B1E91" w14:textId="6E9F12E7">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Håll kontakten och träffa den ekonomiska revisorn för att diskutera bokslutet:</w:t>
       </w:r>
       <w:r w:rsidR="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Genom att hålla regelbunden kontakt med revisorn och eventuellt arrangera ett möte kan ni säkerställa att bokslutet granskas korrekt och att eventuella frågor eller oklarheter kan tas upp och lösas i tid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208879F3" w14:textId="39439C5D" w:rsidR="00973961" w:rsidRPr="00973961" w:rsidRDefault="00973961" w:rsidP="00973961">
+    <w:p w:rsidRPr="00973961" w:rsidR="00973961" w:rsidP="00973961" w:rsidRDefault="00973961" w14:paraId="208879F3" w14:textId="39439C5D">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Lås året genom att färdigställa bokslutet och förbereda en presentation till årsmötet</w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>: När bokslutet är klart är det dags att låsa året och förbereda en presentation som tydligt sammanfattar föreningens ekonomiska resultat och ställning under det gångna året.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CBC98D" w14:textId="77777777" w:rsidR="00D2222F" w:rsidRDefault="00973961" w:rsidP="00973961">
+    <w:p w:rsidR="00D2222F" w:rsidP="00973961" w:rsidRDefault="00973961" w14:paraId="69CBC98D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Presentera bokslutet på årsmötet:</w:t>
       </w:r>
       <w:r w:rsidRPr="00973961">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vid årsmötet är det viktigt att presentera bokslutet på ett lättförståeligt sätt för medlemmarna. Genom att tydligt kommunicera ekonomiska resultat och eventuella åtgärder kan medlemmarna få en insikt i föreningens ekonomi och fatta informerade beslut inför kommande verksamhetsår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C71790" w14:textId="77777777" w:rsidR="00D2222F" w:rsidRDefault="00D2222F" w:rsidP="00973961">
+    <w:p w:rsidR="00D2222F" w:rsidP="00973961" w:rsidRDefault="00D2222F" w14:paraId="53C71790" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C30AFB8" w14:textId="73886CE9" w:rsidR="0053747B" w:rsidRPr="00D2222F" w:rsidRDefault="00D2222F" w:rsidP="00973961">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="0053747B" w:rsidP="00973961" w:rsidRDefault="00D2222F" w14:paraId="0C30AFB8" w14:textId="73886CE9">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Februari </w:t>
       </w:r>
-      <w:r w:rsidR="0053747B" w:rsidRPr="0053747B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0053747B" w:rsidR="0053747B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Mars</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBF7D36" w14:textId="773CC82A" w:rsidR="00D2222F" w:rsidRPr="00D2222F" w:rsidRDefault="00D2222F" w:rsidP="00D2222F">
+    <w:p w:rsidRPr="00D2222F" w:rsidR="00D2222F" w:rsidP="00D2222F" w:rsidRDefault="00D2222F" w14:paraId="7FBF7D36" w14:textId="773CC82A">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Om du lämnar ditt uppdrag som kassör, se till att genomföra en noggrann överlämning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BFF55A" w14:textId="43718D67" w:rsidR="00D2222F" w:rsidRPr="0053747B" w:rsidRDefault="00D2222F" w:rsidP="00D2222F">
+    <w:p w:rsidRPr="0053747B" w:rsidR="00D2222F" w:rsidP="00D2222F" w:rsidRDefault="00D2222F" w14:paraId="79BFF55A" w14:textId="43718D67">
       <w:pPr>
         <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>När det är dags för dig att lämna din roll som kassör är det avgörande att genomföra en ordentlig överlämning. Detta är viktigt för att säkerställa att ekonomi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> fortsätter att hanteras på ett effektivt och ansvarsfullt sätt även efter din avgång. Ta dig tid att dokumentera och förmedla all relevant information, rutiner och system till din efterträdare eller till den som tar över ansvaret för föreningens ekonomi. Genom att göra en grundlig överlämning kan du bidra till en smidig övergång och säkerställa kontinuitet och stabilitet i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>den</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2222F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ekonomiska förvaltningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60712023" w14:textId="77777777" w:rsidR="0053747B" w:rsidRDefault="0053747B"/>
+    <w:p w:rsidR="0053747B" w:rsidRDefault="0053747B" w14:paraId="60712023" w14:textId="77777777"/>
     <w:sectPr w:rsidR="0053747B">
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00421E58" w:rsidP="00421E58" w:rsidRDefault="00421E58" w14:paraId="4CCE1454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00421E58" w:rsidP="00421E58" w:rsidRDefault="00421E58" w14:paraId="13F68785" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00421E58" w:rsidP="00421E58" w:rsidRDefault="00421E58" w14:paraId="3AC5AE32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00421E58" w:rsidP="00421E58" w:rsidRDefault="00421E58" w14:paraId="1DC2E2AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00421E58" w:rsidRDefault="00421E58" w14:paraId="58761F95" w14:textId="50947397">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="sv-SE"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A233AB9" wp14:editId="6490C75C">
+          <wp:extent cx="1620000" cy="592991"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="14" name="Bildobjekt 14" descr="\\Mac\Dropbox for Business\Reumatikerförbundet\1. Pågående projekt\Grafisk profil 2017\Identitet\Märke\RGB\EMF\Reumatikerförbundet märke rgb.emf"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="\\Mac\Dropbox for Business\Reumatikerförbundet\1. Pågående projekt\Grafisk profil 2017\Identitet\Märke\RGB\EMF\Reumatikerförbundet märke rgb.emf"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1620000" cy="592991"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="tAuk6KLeqjiSV1" int2:id="XLgcoUqD">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="146F201A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95C40EA8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17F12667"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC867D1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="233C6B3C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60AE9242"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AF72F51"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0376382A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D426B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="397E0012"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76476545"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8584A768"/>
     <w:lvl w:ilvl="0" w:tplc="8A00B710">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79AB797A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="35F2CB6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="641932876">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2009015120">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="806360564">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="784278083">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="395857578">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="897934439">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1450735221">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053747B"/>
+    <w:rsid w:val="000377D8"/>
     <w:rsid w:val="000F5B8C"/>
     <w:rsid w:val="00104264"/>
     <w:rsid w:val="002376C4"/>
     <w:rsid w:val="00246BF9"/>
     <w:rsid w:val="002F585B"/>
     <w:rsid w:val="002F6F49"/>
     <w:rsid w:val="00356A9A"/>
     <w:rsid w:val="003956E8"/>
     <w:rsid w:val="003E0C91"/>
+    <w:rsid w:val="00421E58"/>
     <w:rsid w:val="0046543C"/>
     <w:rsid w:val="004C25C7"/>
     <w:rsid w:val="0053747B"/>
     <w:rsid w:val="005422D3"/>
+    <w:rsid w:val="005432E6"/>
     <w:rsid w:val="00556432"/>
     <w:rsid w:val="00577E63"/>
     <w:rsid w:val="00586F20"/>
     <w:rsid w:val="005D654F"/>
     <w:rsid w:val="006A7366"/>
     <w:rsid w:val="008016EF"/>
     <w:rsid w:val="00973961"/>
     <w:rsid w:val="00991978"/>
     <w:rsid w:val="00A5665D"/>
     <w:rsid w:val="00BC3A4A"/>
     <w:rsid w:val="00BE6491"/>
     <w:rsid w:val="00D2222F"/>
     <w:rsid w:val="00DD1752"/>
     <w:rsid w:val="00EA02C7"/>
     <w:rsid w:val="00EE27E7"/>
     <w:rsid w:val="01F3B9C3"/>
     <w:rsid w:val="0AEFEB48"/>
     <w:rsid w:val="0E6789EF"/>
     <w:rsid w:val="1426ADA1"/>
+    <w:rsid w:val="1620907A"/>
     <w:rsid w:val="1E456502"/>
     <w:rsid w:val="2C41982F"/>
     <w:rsid w:val="2C4BF324"/>
     <w:rsid w:val="3083116E"/>
     <w:rsid w:val="36DAFA0C"/>
     <w:rsid w:val="383AA4F6"/>
     <w:rsid w:val="3851DE43"/>
     <w:rsid w:val="3903CDD2"/>
     <w:rsid w:val="393F7D01"/>
     <w:rsid w:val="45090ACC"/>
     <w:rsid w:val="4634E693"/>
     <w:rsid w:val="509CBEBC"/>
+    <w:rsid w:val="5514848F"/>
     <w:rsid w:val="55F42976"/>
     <w:rsid w:val="5CA6795B"/>
     <w:rsid w:val="6B2C13D1"/>
+    <w:rsid w:val="73BC9662"/>
+    <w:rsid w:val="75E786BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0CE51F65"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6C728663-1CB3-4BDB-8F29-819D332E2A9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3528,52 +3805,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3640,92 +3917,92 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -3841,505 +4118,549 @@
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+  <w:style w:type="character" w:styleId="Rubrik8Char" w:customStyle="1">
     <w:name w:val="Rubrik 8 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitatChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+  <w:style w:type="character" w:styleId="CitatChar" w:customStyle="1">
     <w:name w:val="Citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Citat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkbetoning">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Starktcitat">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="StarktcitatChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+  <w:style w:type="character" w:styleId="StarktcitatChar" w:customStyle="1">
     <w:name w:val="Starkt citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Starktcitat"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkreferens">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0053747B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0053747B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmn">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F6F49"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F6F49"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002F6F49"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F6F49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00421E58"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00421E58"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidfot">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidfotChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00421E58"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00421E58"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="528756842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1155728250">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="930"/>
           <w:marBottom w:val="300"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4708,56 +5029,59 @@
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -5007,59 +5331,386 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010000254C7CBC4E9A44893DE95A77B94714" ma:contentTypeVersion="18" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="b080fa829bfba0d93f8cd9cc06dcef8c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f20a2fd4-2b6c-4271-beab-f783b152ca8b" xmlns:ns3="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5ecf2b29e5b55382248b4ea52b915c7e" ns2:_="" ns3:_="">
+    <xsd:import namespace="f20a2fd4-2b6c-4271-beab-f783b152ca8b"/>
+    <xsd:import namespace="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f20a2fd4-2b6c-4271-beab-f783b152ca8b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="daf914de-bc3d-43ba-bc03-f5cc76e671d3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="25" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f080a2a9-208b-407b-a1e9-f15d96cf2a74}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f20a2fd4-2b6c-4271-beab-f783b152ca8b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5497299D-F443-4831-9CB2-25583F9D407D}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{377014E8-39E9-4A97-9CD1-F9764CE00D22}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F2146EA-7772-46FD-A92D-9161CF632943}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sofia Löfberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010000254C7CBC4E9A44893DE95A77B94714</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>