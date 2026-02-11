--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -1,214 +1,274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
     <w:p w14:paraId="7CC97F22" w14:textId="390C302E" w:rsidR="00772789" w:rsidRDefault="00687EC8" w:rsidP="00687EC8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rStyle w:val="Bokenstitel"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687EC8">
         <w:rPr>
           <w:rStyle w:val="Bokenstitel"/>
         </w:rPr>
         <w:t>Mall för verksamhetsberättelse för förening/distrikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE47198" w14:textId="77777777" w:rsidR="00FB3D4B" w:rsidRPr="00FB3D4B" w:rsidRDefault="00FB3D4B" w:rsidP="00FB3D4B">
+    <w:p w14:paraId="5BE47198" w14:textId="6D78637B" w:rsidR="00FB3D4B" w:rsidRPr="00FB3D4B" w:rsidRDefault="00FB3D4B" w:rsidP="00FB3D4B">
       <w:r w:rsidRPr="00FB3D4B">
-        <w:t>Verksamhetsberättelsen är en av de viktiga handlingarna som ska presenteras på föreningens årsmöte eller distriktets representantskap. Den ger en sammanfattning av verksamheten under året och ger medlemmarna möjlighet att få en tydlig översikt över vad som genomförts.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65E6C103" w14:textId="77777777" w:rsidR="00FB3D4B" w:rsidRDefault="00FB3D4B" w:rsidP="00FB3D4B">
+        <w:t xml:space="preserve">Verksamhetsberättelsen är en av de viktiga handlingarna som ska presenteras på </w:t>
+      </w:r>
+      <w:r w:rsidR="00860446">
+        <w:t>årsmötet</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FB3D4B">
-        <w:t>Föreningar och distrikt uppmanas att delge verksamhetsberättelsen digitalt till förbundet genom medlemssystemet, vilket underlättar arkivering och informationsspridning. Genom att skapa en tydlig och informativ verksamhetsberättelse bidrar ni till att stärka föreningens transparens och utveckling.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65A46C31" w14:textId="1150C9DB" w:rsidR="00687EC8" w:rsidRDefault="00687EC8" w:rsidP="00C31D98">
+        <w:t>. Den ger en sammanfattning av verksamheten under året och ger medlemmarna möjlighet att få en tydlig översikt över vad som genomförts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E6C103" w14:textId="78D8AB32" w:rsidR="00FB3D4B" w:rsidRDefault="00FB3D4B" w:rsidP="00FB3D4B">
+      <w:r w:rsidRPr="00FB3D4B">
+        <w:t>Föreningar och distrikt uppmanas att delge verksamhetsberättelsen digitalt till förbundet genom medlemssystemet, vilket underlättar arkivering och informationsspridning. Genom att skapa en tydlig och informativ verksamhetsberättelse bidrar ni till att stärka föreningens</w:t>
+      </w:r>
+      <w:r w:rsidR="00860446">
+        <w:t>/distriktets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3D4B">
+        <w:t xml:space="preserve"> transparens och utveckling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A46C31" w14:textId="2B2C9ECB" w:rsidR="00687EC8" w:rsidRDefault="00687EC8" w:rsidP="00C31D98">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Verksamhetsberättelse </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C31D98">
-        <w:t>XXårtal</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00860446">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31D98">
+        <w:t>årtal</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2695EF95" w14:textId="0E317579" w:rsidR="0099133A" w:rsidRPr="0099133A" w:rsidRDefault="0099133A" w:rsidP="0099133A">
       <w:r>
         <w:t>Namn på förening/distrikt, organisationsnum</w:t>
       </w:r>
       <w:r w:rsidR="00254F64">
         <w:t>mer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F47C11B" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8148D" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Börja med en översikt över innehållet, så att det blir enkelt att hitta rätt avsnitt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC96D37" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Ordförandens förord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366FCAE5" w14:textId="616A2CA6" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Inled berättelsen med några ord från ordföranden. Sammanfatta året i korthet, lyft fram framgångar, utmaningar och lärdomar, samt rikta ett tack till medlemmar</w:t>
       </w:r>
       <w:r w:rsidR="00983C76">
         <w:t>na.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C78CF4" w14:textId="602CFF6B" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
+    <w:p w14:paraId="53BF0291" w14:textId="3C1B9F55" w:rsidR="00011658" w:rsidRDefault="00011658" w:rsidP="00C31D98">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16431">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Styrelsen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A06613D" w14:textId="77777777" w:rsidR="00CD787E" w:rsidRDefault="004903C0" w:rsidP="00C31D98">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004903C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Här anges vilka personer som har ingått i styrelsen, samt eventuella adjungerade ledamöter. Om någon styrelseledamot inte har varit aktiv under hela perioden ska även det anges, med datum för när uppdraget avslutades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C78CF4" w14:textId="5042B429" w:rsidR="00C31D98" w:rsidRPr="00CD787E" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD787E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Om föreningen</w:t>
       </w:r>
-      <w:r w:rsidR="002747BD">
+      <w:r w:rsidR="002747BD" w:rsidRPr="00CD787E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t>/distriktet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77775DB4" w14:textId="61D00B6F" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Beskriv vad föreningen gör och vad ni står för. Här kan du kortfattat gå igenom syfte, mål och eventuell</w:t>
       </w:r>
       <w:r w:rsidR="00FC7753">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vision eller historia. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3952C657" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00983C76">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Möten och samarbeten under året</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378FCC80" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Redovisa viktiga datum för möten som hållits, såsom årsmöte, styrelsemöten eller medlemsmöten. Lista också eventuella samarbeten som föreningen haft, exempelvis med andra organisationer, företag eller lokala initiativ. Förklara kort syftet med samarbetena och deras betydelse för verksamheten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A51CA0" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00983C76">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Utbildningar under året</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3347DC99" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Beskriv vilka utbildningar som har arrangerats eller deltagits i. Det kan vara interna utbildningar för medlemmar, externa kurser eller samarbeten med andra organisationer. Lyft fram vilka ämnen som behandlades, hur många som deltog och vilka effekter utbildningarna haft på föreningens verksamhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E6B571" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00254F82">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Medlemsvärvning och medlemsvård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCBA46A" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Sammanfatta föreningens arbete med att rekrytera nya medlemmar och behålla befintliga. Beskriv:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6F53B9" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t xml:space="preserve">- Insatser för att värva nya medlemmar (kampanjer, event, sociala medier </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEB922F" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>- Hur medlemsantalet har utvecklats under året.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B53F4D5" w14:textId="26985A33" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- Aktiviteter eller åtgärder som har gjorts för att ta hand om befintliga medlemmar, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nyhetsbrev, medlemsaktiviteter eller </w:t>
       </w:r>
       <w:r w:rsidR="00254F82">
         <w:t>välkomstbrev/samtal</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE46E77" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Om det finns statistik över medlemsantalet eller förändringar, är detta rätt plats att presentera den.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6E9209" w14:textId="3677B83F" w:rsidR="00C31D98" w:rsidRDefault="00772D11" w:rsidP="00254F82">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
@@ -332,90 +392,90 @@
       <w:r>
         <w:t>- Information om eventuell</w:t>
       </w:r>
       <w:r w:rsidR="00886E15">
         <w:t xml:space="preserve"> avveckling av förening</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126845F5" w14:textId="746B4281" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Beskriv även hur samarbetet har fungerat</w:t>
       </w:r>
       <w:r w:rsidR="0046047C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4550879E" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="009B01D6">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Ekonomisk sammanfattning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6F9A68" w14:textId="752A845F" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ge en </w:t>
       </w:r>
       <w:r w:rsidR="00553C82">
         <w:t xml:space="preserve">kort </w:t>
       </w:r>
       <w:r w:rsidR="001F1501">
         <w:t xml:space="preserve">skriftlig sammanfattning </w:t>
       </w:r>
       <w:r>
         <w:t>översikt över föreningens ekonomi</w:t>
       </w:r>
       <w:r w:rsidR="001F1501">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Berätta om de viktigaste intäktskällorna, </w:t>
       </w:r>
       <w:r w:rsidR="00553C82">
         <w:t xml:space="preserve">vilka bidrag som sökt, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">de största kostnadsposterna och hur resultatet blev i förhållande till budget. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8351BB" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00553C82">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Styrelsens arbete</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E37DDA" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Berätta om hur styrelsen har arbetat under året. Det kan handla om:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5FE50A" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>- Antal möten och deltagande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE2B077" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>- Fokusområden och prioriteringar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F987436" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>- Beslut som haft stor påverkan på verksamheten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C132F8" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00553C82">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Tack till alla som bidragit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FCD3354" w14:textId="3C568480" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>Avsluta med ett varmt tack till alla som varit med och gjort föreningens arbete möjligt. Det kan vara medlemmar, volontärer, samarbetspartners, eller andra som på något sätt stöttat er.</w:t>
       </w:r>
@@ -443,182 +503,177 @@
       <w:r>
         <w:t>Exempel:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2FBFB6" w14:textId="77777777" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>- Namn och titel (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ordförande, sekreterare)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569B6DAC" w14:textId="41DA557A" w:rsidR="00C31D98" w:rsidRDefault="00C31D98" w:rsidP="00C31D98">
       <w:r>
         <w:t>- Datum för underskrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CCDB1B" w14:textId="77777777" w:rsidR="00F95CBF" w:rsidRDefault="00F95CBF" w:rsidP="00C31D98"/>
     <w:p w14:paraId="109F6C84" w14:textId="406DF647" w:rsidR="00F95CBF" w:rsidRDefault="00F95CBF" w:rsidP="00F95CBF">
       <w:r>
-        <w:t>Exempel</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> vid förändrad roll:</w:t>
+        <w:t>Exempel vid förändrad roll:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F12C584" w14:textId="6EBB4B04" w:rsidR="00F95CBF" w:rsidRDefault="00F95CBF" w:rsidP="00F95CBF">
       <w:r>
-        <w:t>- Namn (</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">titel </w:t>
+        <w:t xml:space="preserve">- Namn (titel </w:t>
       </w:r>
       <w:r w:rsidR="000F76FB">
         <w:t>från 2 februari-31 augusti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ordförande, </w:t>
       </w:r>
       <w:r w:rsidR="000F76FB">
         <w:t xml:space="preserve">1 september-31 december </w:t>
       </w:r>
       <w:r>
         <w:t>sekreterare)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E303052" w14:textId="77777777" w:rsidR="00F95CBF" w:rsidRPr="00687EC8" w:rsidRDefault="00F95CBF" w:rsidP="00F95CBF">
       <w:r>
         <w:t>- Datum för underskrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B95FDE" w14:textId="77777777" w:rsidR="00F95CBF" w:rsidRPr="00687EC8" w:rsidRDefault="00F95CBF" w:rsidP="00C31D98"/>
     <w:sectPr w:rsidR="00F95CBF" w:rsidRPr="00687EC8" w:rsidSect="007732DA">
-      <w:footerReference w:type="default" r:id="rId8"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1702" w:right="1700" w:bottom="1134" w:left="1701" w:header="1134" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="797DD4CB" w14:textId="77777777" w:rsidR="00590773" w:rsidRDefault="00590773" w:rsidP="00695F94">
+    <w:p w14:paraId="1BC8512A" w14:textId="77777777" w:rsidR="00013837" w:rsidRDefault="00013837" w:rsidP="00695F94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C95C32" w14:textId="77777777" w:rsidR="00590773" w:rsidRDefault="00590773" w:rsidP="00695F94">
+    <w:p w14:paraId="69C02FF6" w14:textId="77777777" w:rsidR="00013837" w:rsidRDefault="00013837" w:rsidP="00695F94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{D2E338F2-FC2A-4A8F-B7DA-4B76D0025FCA}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{9FDC7FE0-645B-466F-9BE9-CF044DFE32C3}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{65F0264D-032A-4C8E-9BA7-D2B2B59DB7FF}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{64EE5C85-8175-424A-AA66-E81FA2A11FD0}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{7AB03233-AD13-435D-96DE-11F7EA2EA261}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{B5791DD5-A1F4-4A96-A202-7304BE2D636B}"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C45F6FD" w14:textId="77777777" w:rsidR="00695F94" w:rsidRPr="006C35C1" w:rsidRDefault="00695F94" w:rsidP="00695F94">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="13211FA7" w14:textId="77777777" w:rsidR="00695F94" w:rsidRPr="006C35C1" w:rsidRDefault="00695F94" w:rsidP="00695F94">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="78C8180A" w14:textId="77777777" w:rsidR="00695F94" w:rsidRPr="006C35C1" w:rsidRDefault="00695F94" w:rsidP="005645BC">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4992"/>
@@ -689,87 +744,87 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="007F349B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="006C35C1">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2E86A666" w14:textId="5464E646" w:rsidR="00DD50D6" w:rsidRPr="006C35C1" w:rsidRDefault="00DD50D6" w:rsidP="007E0759">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76FED53F" w14:textId="77777777" w:rsidR="00590773" w:rsidRDefault="00590773" w:rsidP="00695F94">
+    <w:p w14:paraId="61EABF4A" w14:textId="77777777" w:rsidR="00013837" w:rsidRDefault="00013837" w:rsidP="00695F94">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FF2551B" w14:textId="77777777" w:rsidR="00590773" w:rsidRDefault="00590773" w:rsidP="00695F94">
+    <w:p w14:paraId="3268EAE5" w14:textId="77777777" w:rsidR="00013837" w:rsidRDefault="00013837" w:rsidP="00695F94">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B429FF4" w14:textId="77777777" w:rsidR="001D32A2" w:rsidRDefault="001D32A2" w:rsidP="00695F94">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15F3D223" wp14:editId="45D1487B">
           <wp:extent cx="1620000" cy="592991"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="14" name="Bildobjekt 14" descr="\\Mac\Dropbox for Business\Reumatikerförbundet\1. Pågående projekt\Grafisk profil 2017\Identitet\Märke\RGB\EMF\Reumatikerförbundet märke rgb.emf"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="\\Mac\Dropbox for Business\Reumatikerförbundet\1. Pågående projekt\Grafisk profil 2017\Identitet\Märke\RGB\EMF\Reumatikerförbundet märke rgb.emf"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -903,51 +958,51 @@
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="2F9011D0" w14:textId="77777777" w:rsidR="00F80628" w:rsidRDefault="00F80628" w:rsidP="0069301B">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="67BB2E60" w14:textId="77777777" w:rsidR="001D32A2" w:rsidRPr="00DA1704" w:rsidRDefault="001D32A2" w:rsidP="00695F94">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1EA04C36"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="54861D06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1471,238 +1526,250 @@
   <w:num w:numId="7" w16cid:durableId="193927016">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1883249620">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1251813781">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="166481508">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1181314896">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="894043450">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1903103387">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00725C08"/>
     <w:rsid w:val="00001529"/>
+    <w:rsid w:val="00011658"/>
+    <w:rsid w:val="00013837"/>
     <w:rsid w:val="00024F8F"/>
     <w:rsid w:val="000274C0"/>
     <w:rsid w:val="00054569"/>
     <w:rsid w:val="0008105E"/>
     <w:rsid w:val="000A71DE"/>
     <w:rsid w:val="000C400A"/>
     <w:rsid w:val="000F76FB"/>
     <w:rsid w:val="001036B6"/>
     <w:rsid w:val="0011735F"/>
     <w:rsid w:val="001611BC"/>
     <w:rsid w:val="0017031E"/>
     <w:rsid w:val="001703C0"/>
     <w:rsid w:val="00177D41"/>
     <w:rsid w:val="00190AFF"/>
     <w:rsid w:val="001C31A1"/>
     <w:rsid w:val="001D32A2"/>
     <w:rsid w:val="001F1501"/>
     <w:rsid w:val="00200FF8"/>
     <w:rsid w:val="00223206"/>
     <w:rsid w:val="0023435F"/>
     <w:rsid w:val="00254F64"/>
     <w:rsid w:val="00254F82"/>
     <w:rsid w:val="002747BD"/>
     <w:rsid w:val="00281519"/>
     <w:rsid w:val="002A2383"/>
     <w:rsid w:val="002C47FC"/>
     <w:rsid w:val="002D3B14"/>
     <w:rsid w:val="002E31F8"/>
     <w:rsid w:val="003348FC"/>
     <w:rsid w:val="00362866"/>
     <w:rsid w:val="003648BB"/>
     <w:rsid w:val="00387760"/>
     <w:rsid w:val="004125D1"/>
     <w:rsid w:val="004128AC"/>
     <w:rsid w:val="00443D3C"/>
     <w:rsid w:val="0046047C"/>
+    <w:rsid w:val="004903C0"/>
     <w:rsid w:val="004941A2"/>
     <w:rsid w:val="004979AE"/>
     <w:rsid w:val="004A129A"/>
     <w:rsid w:val="004C3AE8"/>
     <w:rsid w:val="004C5603"/>
+    <w:rsid w:val="005432E6"/>
     <w:rsid w:val="00553C82"/>
     <w:rsid w:val="00553F66"/>
     <w:rsid w:val="005645BC"/>
     <w:rsid w:val="00581711"/>
     <w:rsid w:val="00585380"/>
     <w:rsid w:val="00590773"/>
     <w:rsid w:val="005915BE"/>
     <w:rsid w:val="005D46E6"/>
     <w:rsid w:val="006146FE"/>
     <w:rsid w:val="00626EFF"/>
     <w:rsid w:val="00654236"/>
+    <w:rsid w:val="006546F3"/>
     <w:rsid w:val="00676FFD"/>
     <w:rsid w:val="00687EC8"/>
     <w:rsid w:val="0069301B"/>
     <w:rsid w:val="00695F94"/>
     <w:rsid w:val="006B325C"/>
     <w:rsid w:val="006C35C1"/>
     <w:rsid w:val="006D3623"/>
     <w:rsid w:val="006E1317"/>
     <w:rsid w:val="006E6F83"/>
     <w:rsid w:val="00704E45"/>
     <w:rsid w:val="00720DE4"/>
     <w:rsid w:val="00725C08"/>
     <w:rsid w:val="00772789"/>
     <w:rsid w:val="00772D11"/>
     <w:rsid w:val="007732DA"/>
     <w:rsid w:val="007B53E6"/>
     <w:rsid w:val="007E0759"/>
     <w:rsid w:val="007F1DB1"/>
     <w:rsid w:val="007F349B"/>
     <w:rsid w:val="0082234D"/>
     <w:rsid w:val="008227EA"/>
     <w:rsid w:val="00824448"/>
     <w:rsid w:val="00851C83"/>
+    <w:rsid w:val="00860446"/>
     <w:rsid w:val="00886E15"/>
     <w:rsid w:val="009410A4"/>
     <w:rsid w:val="00945703"/>
     <w:rsid w:val="00983C76"/>
     <w:rsid w:val="0098464A"/>
     <w:rsid w:val="0099133A"/>
+    <w:rsid w:val="009928E9"/>
     <w:rsid w:val="009B01D6"/>
     <w:rsid w:val="009B5C05"/>
     <w:rsid w:val="009C1C46"/>
     <w:rsid w:val="009D4A2C"/>
     <w:rsid w:val="009E6C55"/>
     <w:rsid w:val="00A722DD"/>
     <w:rsid w:val="00A96538"/>
     <w:rsid w:val="00AD5947"/>
     <w:rsid w:val="00B02446"/>
     <w:rsid w:val="00B11BA2"/>
     <w:rsid w:val="00B42269"/>
     <w:rsid w:val="00B439E0"/>
     <w:rsid w:val="00B7091B"/>
     <w:rsid w:val="00B720CE"/>
     <w:rsid w:val="00C04FE4"/>
     <w:rsid w:val="00C15CBB"/>
+    <w:rsid w:val="00C16431"/>
     <w:rsid w:val="00C31D98"/>
     <w:rsid w:val="00C90D78"/>
     <w:rsid w:val="00CA180C"/>
     <w:rsid w:val="00CD2E3E"/>
+    <w:rsid w:val="00CD787E"/>
     <w:rsid w:val="00CD7C7C"/>
     <w:rsid w:val="00CE5FC7"/>
+    <w:rsid w:val="00CF47CA"/>
     <w:rsid w:val="00D52B1F"/>
     <w:rsid w:val="00D93D0C"/>
     <w:rsid w:val="00DA1704"/>
     <w:rsid w:val="00DD50D6"/>
     <w:rsid w:val="00DE6BAA"/>
     <w:rsid w:val="00E16587"/>
     <w:rsid w:val="00E313CA"/>
+    <w:rsid w:val="00E504D6"/>
     <w:rsid w:val="00E56B83"/>
     <w:rsid w:val="00E61AE1"/>
     <w:rsid w:val="00E678FF"/>
     <w:rsid w:val="00E81DDA"/>
     <w:rsid w:val="00EA2216"/>
     <w:rsid w:val="00EB020D"/>
     <w:rsid w:val="00EC3529"/>
+    <w:rsid w:val="00EF21DD"/>
     <w:rsid w:val="00F04471"/>
     <w:rsid w:val="00F23126"/>
     <w:rsid w:val="00F33BBC"/>
     <w:rsid w:val="00F80628"/>
     <w:rsid w:val="00F95CBF"/>
     <w:rsid w:val="00FB0266"/>
     <w:rsid w:val="00FB3D4B"/>
     <w:rsid w:val="00FB6A24"/>
     <w:rsid w:val="00FC7753"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3803D1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C60F2A33-B9EF-4BC3-9AD3-E6C29E58E15E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
@@ -2180,51 +2247,50 @@
     <w:basedOn w:val="Rubrik7"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik8Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C90D78"/>
     <w:pPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Rubrik8"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C90D78"/>
     <w:pPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
@@ -2770,99 +2836,99 @@
     <w:rsid w:val="00A722DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitelrubrikChar">
     <w:name w:val="Titelrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Titelrubrik"/>
     <w:rsid w:val="00A722DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="773132828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1725254675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1985812491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Reumatikerförbundet">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="515151"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="CACACA"/>
@@ -3034,87 +3100,432 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010000254C7CBC4E9A44893DE95A77B94714" ma:contentTypeVersion="18" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="b080fa829bfba0d93f8cd9cc06dcef8c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f20a2fd4-2b6c-4271-beab-f783b152ca8b" xmlns:ns3="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5ecf2b29e5b55382248b4ea52b915c7e" ns2:_="" ns3:_="">
+    <xsd:import namespace="f20a2fd4-2b6c-4271-beab-f783b152ca8b"/>
+    <xsd:import namespace="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f20a2fd4-2b6c-4271-beab-f783b152ca8b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="daf914de-bc3d-43ba-bc03-f5cc76e671d3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="25" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f080a2a9-208b-407b-a1e9-f15d96cf2a74}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f20a2fd4-2b6c-4271-beab-f783b152ca8b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="217082fc-f9b6-4bfc-af7b-c6fdefc9a4b6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B58E41A-147B-46C1-AE95-714706568010}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A151C71C-FD93-4BAD-9959-9962CD2B0EEA}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D04F6E2C-195B-4F00-A4C7-AED70D4C0DC6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72CAF270-47BC-4628-A8A2-9473EBEE0AFB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="39095e49-6d7d-4a69-b189-1be465bf5121"/>
+    <ds:schemaRef ds:uri="07600985-c5bd-453b-a49a-750e4354f9da"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>691</Words>
-  <Characters>3668</Characters>
+  <Words>541</Words>
+  <Characters>4013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>668</Lines>
+  <Paragraphs>350</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4351</CharactersWithSpaces>
+  <CharactersWithSpaces>4204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carol Sevegran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010000254C7CBC4E9A44893DE95A77B94714</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>